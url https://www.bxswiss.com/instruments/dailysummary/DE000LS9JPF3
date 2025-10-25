--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5adf593980b4d12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10c0ee3092cc4136" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd583e394bc9e4f67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd32c4cb2c064f58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc92212de05e4452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd583e394bc9e4f67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6f4aa02e413430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd32c4cb2c064f58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordamerika Dividendenstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>290,333</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>288,455</x:t>
-[...404 lines deleted...]
-          <x:t>296,599</x:t>
+          <x:t>284,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>