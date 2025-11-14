--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10c0ee3092cc4136" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8715bc888d234ed6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd32c4cb2c064f58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d375e3215174854"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6f4aa02e413430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd32c4cb2c064f58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2ef5d76dfa7462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d375e3215174854" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordamerika Dividendenstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>