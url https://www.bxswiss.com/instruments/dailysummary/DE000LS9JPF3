--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8715bc888d234ed6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaf83bd637e24553" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d375e3215174854"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b47b2219689420a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2ef5d76dfa7462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d375e3215174854" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1537bf0100d4762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b47b2219689420a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordamerika Dividendenstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>298,130</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>