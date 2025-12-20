--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ffeba4c8de24170" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdc652b39de14b7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfefb6e3e459844f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R859022ad786b4af4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4967da858d25432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfefb6e3e459844f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b1954c95e6143d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R859022ad786b4af4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Ei des Kostolany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,979</x:t>
-[...333 lines deleted...]
-          <x:t>77,893</x:t>
+          <x:t>77,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>