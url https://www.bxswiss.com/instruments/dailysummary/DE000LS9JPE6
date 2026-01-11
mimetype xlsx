--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdc652b39de14b7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc651d337be154771" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R859022ad786b4af4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33ff0ce4a47a490d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b1954c95e6143d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R859022ad786b4af4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2134a889945d4135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33ff0ce4a47a490d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Ei des Kostolany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>76,210</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,237</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...369 lines deleted...]
-          <x:t>78,004</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,149</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>77,981</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,424</x:t>
-[...166 lines deleted...]
-          <x:t>76,466</x:t>
+          <x:t>78,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>