--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc651d337be154771" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b63855d5415473a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33ff0ce4a47a490d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R178ae8ca6a504cdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2134a889945d4135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33ff0ce4a47a490d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a2722724d384d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R178ae8ca6a504cdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Ei des Kostolany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>78,525</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>