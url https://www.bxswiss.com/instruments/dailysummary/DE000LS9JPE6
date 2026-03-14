--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b63855d5415473a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d1adbd495794e08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R178ae8ca6a504cdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c77ce1f19c448d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a2722724d384d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R178ae8ca6a504cdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf7092e758db4fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c77ce1f19c448d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Das Ei des Kostolany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,540</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>