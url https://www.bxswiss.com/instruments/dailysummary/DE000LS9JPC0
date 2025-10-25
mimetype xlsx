--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R347450ef4dc341f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R329c5ca4673c4b78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eb876801e6f4b2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ad40b8e2f3947f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1d2c01dc6df4ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eb876801e6f4b2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2e3ae3cf16c4f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ad40b8e2f3947f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalInvestPotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,719</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>