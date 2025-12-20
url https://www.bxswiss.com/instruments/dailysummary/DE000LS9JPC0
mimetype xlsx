--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R329c5ca4673c4b78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44e4689f88da496c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ad40b8e2f3947f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81ffb96ae8834892"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2e3ae3cf16c4f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ad40b8e2f3947f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf10c9eb843b648fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81ffb96ae8834892" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalInvestPotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>200,119</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>