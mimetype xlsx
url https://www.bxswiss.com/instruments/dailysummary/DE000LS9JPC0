--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44e4689f88da496c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re929d6d4cd784929" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81ffb96ae8834892"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0a8951503a64b15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf10c9eb843b648fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81ffb96ae8834892" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bb7a9e5508f4e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0a8951503a64b15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalInvestPotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,632 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>196,294</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>195,657</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>193,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,908</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,975</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,267</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>