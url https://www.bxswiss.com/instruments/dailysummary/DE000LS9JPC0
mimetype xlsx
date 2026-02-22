--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re929d6d4cd784929" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0235e337587a447c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0a8951503a64b15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7834b2ebb0d34ea7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bb7a9e5508f4e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0a8951503a64b15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c0cee9e228542af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7834b2ebb0d34ea7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalInvestPotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>209,267</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>