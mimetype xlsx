--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0235e337587a447c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc67c23c459d941a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7834b2ebb0d34ea7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd02734adda2844be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c0cee9e228542af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7834b2ebb0d34ea7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0761f3733d04af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd02734adda2844be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalInvestPotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>