--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d79d1f1aa124f98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a832b3f8a584caf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85bcbfba3b014823"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3581b0979331451e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94556d2055a84630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85bcbfba3b014823" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1b756ce243349a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3581b0979331451e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LOW-10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,701</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>