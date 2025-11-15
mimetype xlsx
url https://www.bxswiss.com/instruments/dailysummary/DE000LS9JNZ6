--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a832b3f8a584caf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a405a4df8db4e7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3581b0979331451e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55050df5c87e482d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1b756ce243349a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3581b0979331451e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R711fbd0f41614390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55050df5c87e482d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LOW-10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>101,411</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,671</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>102,835</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>