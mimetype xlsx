--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a405a4df8db4e7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb015ce3dbce455a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55050df5c87e482d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e7d3aa0c6934f70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R711fbd0f41614390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55050df5c87e482d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d552ca173c44e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e7d3aa0c6934f70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LOW-10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>103,424</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>