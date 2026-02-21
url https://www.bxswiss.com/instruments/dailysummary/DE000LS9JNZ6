--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb015ce3dbce455a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfce18857b5bc4593" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e7d3aa0c6934f70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb6946e430c44b72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d552ca173c44e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e7d3aa0c6934f70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R744bc31e79c447bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb6946e430c44b72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LOW-10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,818</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>