--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfce18857b5bc4593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R152f8dc704194481" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb6946e430c44b72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eefec5b771240ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R744bc31e79c447bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb6946e430c44b72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra128f3ec48cb4bfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eefec5b771240ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LOW-10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,348</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>