--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc234721d84ae4a91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ca50b6b184d4b66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60eace245d704209"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02b09cd20f1e4d0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcebf8ec0f154798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60eace245d704209" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R680b8461a9e04bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02b09cd20f1e4d0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Mixed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>219,425</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>221,801</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>221,358</x:t>
-[...512 lines deleted...]
-          <x:t>219,691</x:t>
+          <x:t>217,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>