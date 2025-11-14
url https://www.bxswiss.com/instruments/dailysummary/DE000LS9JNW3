--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ca50b6b184d4b66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4680bc8599f47b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02b09cd20f1e4d0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f108c32e2cc42e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R680b8461a9e04bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02b09cd20f1e4d0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R855139fb086e402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f108c32e2cc42e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Mixed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>