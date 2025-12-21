--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4680bc8599f47b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffd1199b2b724e47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f108c32e2cc42e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc81c0c5a3144ef0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R855139fb086e402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f108c32e2cc42e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f1da81bed9a4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc81c0c5a3144ef0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Mixed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>217,694</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>216,826</x:t>
-[...625 lines deleted...]
-          <x:t>220,669</x:t>
+          <x:t>219,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>