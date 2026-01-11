--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffd1199b2b724e47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25ec40074bd54a26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc81c0c5a3144ef0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R064fb508f38549c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f1da81bed9a4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc81c0c5a3144ef0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f8131c182414918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R064fb508f38549c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Mixed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,974</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>