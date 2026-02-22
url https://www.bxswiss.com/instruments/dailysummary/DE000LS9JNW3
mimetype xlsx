--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25ec40074bd54a26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb531decc02114b88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R064fb508f38549c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dccc66191a24bcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f8131c182414918" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R064fb508f38549c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3b0bc98d5af41f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dccc66191a24bcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Mixed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>222,566</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>