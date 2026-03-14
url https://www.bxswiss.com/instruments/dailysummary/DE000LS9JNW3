--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb531decc02114b88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3a6598e829c45bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dccc66191a24bcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3cce211d6134783"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3b0bc98d5af41f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dccc66191a24bcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0961b6817adc4f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3cce211d6134783" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Mixed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,612</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>