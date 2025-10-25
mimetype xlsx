--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ea62cb294ab41f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fff58e9c28e47cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc92bc3f493f044c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62f94d6ab9894708"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3d9a5dc3f47433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc92bc3f493f044c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree4afdc338c544fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62f94d6ab9894708" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CompositeSmall_DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,476</x:t>
-[...468 lines deleted...]
-          <x:t>109,756</x:t>
+          <x:t>109,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>