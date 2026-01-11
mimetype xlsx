--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fff58e9c28e47cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41c2eb5c280244a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62f94d6ab9894708"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99a3318c2fc9491e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree4afdc338c544fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62f94d6ab9894708" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5757843c8bbd4e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99a3318c2fc9491e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CompositeSmall_DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>108,786</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>