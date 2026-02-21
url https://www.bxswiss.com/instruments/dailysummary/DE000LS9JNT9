--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41c2eb5c280244a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red737ba0c9a34067" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99a3318c2fc9491e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R214fa29264234505"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5757843c8bbd4e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99a3318c2fc9491e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R113632f65fb24b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R214fa29264234505" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CompositeSmall_DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>110,680</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>