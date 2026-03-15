--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red737ba0c9a34067" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c55d632af3a454a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R214fa29264234505"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f29dbca91b24be4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R113632f65fb24b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R214fa29264234505" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc23c4c849ea4295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f29dbca91b24be4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CompositeSmall_DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>109,445</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,394</x:t>
-[...377 lines deleted...]
-          <x:t>108,924</x:t>
+          <x:t>108,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>