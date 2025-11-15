--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3cb3d14bd0e437c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d0609217d004b03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca4d70b8f96a4eff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05cc3dd45cca4b4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7cc5b1d644d4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca4d70b8f96a4eff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5281f39241f44c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05cc3dd45cca4b4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Infinite German Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>143,920</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>145,329</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>