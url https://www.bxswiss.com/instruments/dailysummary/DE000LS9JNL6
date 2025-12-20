--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d0609217d004b03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62206a03076b4aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05cc3dd45cca4b4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcfea82fb8774941"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5281f39241f44c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05cc3dd45cca4b4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96ae5fa2c42b4bba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcfea82fb8774941" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Infinite German Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>146,755</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>