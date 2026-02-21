--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62206a03076b4aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ca6d7ea520446d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcfea82fb8774941"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9ebbcf96b2e426c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96ae5fa2c42b4bba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcfea82fb8774941" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fddbbe590fa484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9ebbcf96b2e426c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Infinite German Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>150,789</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>