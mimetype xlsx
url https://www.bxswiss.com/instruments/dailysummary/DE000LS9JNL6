--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ca6d7ea520446d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0192b518f864de4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9ebbcf96b2e426c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e26c3b106ab4e53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fddbbe590fa484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9ebbcf96b2e426c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43ff0a6c245f4cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e26c3b106ab4e53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Infinite German Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>161,645</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,001</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>159,421</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,523</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>