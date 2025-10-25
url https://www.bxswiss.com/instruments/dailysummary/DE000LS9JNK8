--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6958ee5201d94397" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9536f81445145d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree22a214296f4e80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb3f3596c3414ff2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51837b78d1b84337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree22a214296f4e80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30e11ac44c8a43c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb3f3596c3414ff2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest in Switzerland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>