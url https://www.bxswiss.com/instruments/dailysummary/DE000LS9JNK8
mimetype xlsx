--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9536f81445145d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b578551c17e4db2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb3f3596c3414ff2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cb48fa275264da0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30e11ac44c8a43c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb3f3596c3414ff2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbac57fe131c04bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cb48fa275264da0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest in Switzerland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>103,836</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>