--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b578551c17e4db2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd51e8a5c38ca495a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cb48fa275264da0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R547f346f7dd44f4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbac57fe131c04bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cb48fa275264da0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c31420c3d51414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R547f346f7dd44f4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest in Switzerland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,795</x:t>
-[...198 lines deleted...]
-          <x:t>108,659</x:t>
+          <x:t>105,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>