--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd51e8a5c38ca495a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff6cc08f822c4712" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R547f346f7dd44f4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbc75504acb64575"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c31420c3d51414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R547f346f7dd44f4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28bf8b2afd5046a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbc75504acb64575" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest in Switzerland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>109,537</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,169</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>104,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,528</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,473</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,888</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>