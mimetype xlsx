--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd69cfdadf70444eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf14fce7994a4c0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec9fe25ed0484589"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa516f43a5394c16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reee6b3c2bc634d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec9fe25ed0484589" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd98313a3c543424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa516f43a5394c16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lieblingswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,544 +149,112 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>54,734</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,901</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...361 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,606</x:t>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>