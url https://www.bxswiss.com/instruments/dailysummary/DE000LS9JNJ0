--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf14fce7994a4c0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9461aa087d53475a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa516f43a5394c16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d4ad04525654912"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd98313a3c543424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa516f43a5394c16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb929efddf6944c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d4ad04525654912" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lieblingswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>54,940</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,182</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>54,172</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>