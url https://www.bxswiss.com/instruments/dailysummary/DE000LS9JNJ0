--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9461aa087d53475a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7522615aa58d4ddf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d4ad04525654912"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re33b321981b44c38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb929efddf6944c1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d4ad04525654912" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b09e183a77f4b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re33b321981b44c38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lieblingswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>