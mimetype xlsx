--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7522615aa58d4ddf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb587808aeab74d78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re33b321981b44c38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb92a8a64761c4a08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b09e183a77f4b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re33b321981b44c38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01682039b6b34a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb92a8a64761c4a08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lieblingswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>60,056</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>