--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb587808aeab74d78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78b4f88738764920" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb92a8a64761c4a08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb03d3ee0c9dc4356"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01682039b6b34a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb92a8a64761c4a08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5470893738a4166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb03d3ee0c9dc4356" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lieblingswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,582</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>