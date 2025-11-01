--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fc46c11a3124c8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ceb04fe32a44395" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf743622a09214070"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae8f6153a7c8467a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28f84516692b4e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf743622a09214070" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84fcf1bf34ff4eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae8f6153a7c8467a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>