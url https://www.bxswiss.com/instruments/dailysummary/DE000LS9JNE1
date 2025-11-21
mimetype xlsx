--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ceb04fe32a44395" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ca53225ae054929" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae8f6153a7c8467a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28cb08b285a447fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84fcf1bf34ff4eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae8f6153a7c8467a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R775b82c81b454ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28cb08b285a447fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,572</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>