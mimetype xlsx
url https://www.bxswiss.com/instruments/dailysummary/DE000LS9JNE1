--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ca53225ae054929" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f17228f251a4b19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28cb08b285a447fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e27a1d6f6ec408b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R775b82c81b454ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28cb08b285a447fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra12ef5eed2f84fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e27a1d6f6ec408b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>149,457</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>