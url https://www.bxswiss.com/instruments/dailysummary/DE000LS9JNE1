--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f17228f251a4b19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bebe8fe90b649df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e27a1d6f6ec408b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f1b73c6fcc4c72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra12ef5eed2f84fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e27a1d6f6ec408b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R924ffb7fc5ee4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f1b73c6fcc4c72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,003</x:t>
-[...63 lines deleted...]
-          <x:t>171,196</x:t>
+          <x:t>173,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>