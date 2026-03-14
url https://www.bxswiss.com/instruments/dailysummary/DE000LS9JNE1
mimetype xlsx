--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bebe8fe90b649df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a6c6686f2cb4707" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f1b73c6fcc4c72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1f7b8ba916e4e27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R924ffb7fc5ee4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f1b73c6fcc4c72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3e1e6e932674cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1f7b8ba916e4e27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>168,484</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,297</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>175,009</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,873</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>173,659</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>