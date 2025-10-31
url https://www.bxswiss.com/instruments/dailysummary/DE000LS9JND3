--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc9c5de4f2de457a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04a7eba27ef4442c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f47bdb3986d4bff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a9d772b0dc4141"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4726aa3bff184606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f47bdb3986d4bff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2469045b126e40bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a9d772b0dc4141" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Data + Fintech-Profiteure</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JND3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>