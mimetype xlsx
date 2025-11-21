--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04a7eba27ef4442c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e89eb28d434705" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a9d772b0dc4141"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e4296d01a2241b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2469045b126e40bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a9d772b0dc4141" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6bf3181849d4bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e4296d01a2241b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Data + Fintech-Profiteure</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JND3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>