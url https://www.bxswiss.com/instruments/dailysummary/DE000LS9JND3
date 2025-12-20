--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e89eb28d434705" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8cd0ce5847c4978" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e4296d01a2241b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd90dbe50c38b4b88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6bf3181849d4bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e4296d01a2241b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf438e7e1f4b4e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd90dbe50c38b4b88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Data + Fintech-Profiteure</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JND3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...230 lines deleted...]
-          <x:t>178,205</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31.10.2025</x:t>
-[...397 lines deleted...]
-          <x:t>173,063</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>