--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8cd0ce5847c4978" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba2eb4e84f3a4509" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd90dbe50c38b4b88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2059ed251a234eb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf438e7e1f4b4e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd90dbe50c38b4b88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17095d7fd3644060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2059ed251a234eb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Data + Fintech-Profiteure</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JND3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>177,242</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>176,533</x:t>
-[...350 lines deleted...]
-          <x:t>179,745</x:t>
+          <x:t>178,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>