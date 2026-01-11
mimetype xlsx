--- v4 (2026-01-11)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba2eb4e84f3a4509" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98827000e1804b49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2059ed251a234eb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ca0da9b40b044e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17095d7fd3644060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2059ed251a234eb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf08ac81260b6499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ca0da9b40b044e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Data + Fintech-Profiteure</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JND3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,763</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>