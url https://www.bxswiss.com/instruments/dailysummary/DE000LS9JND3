--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98827000e1804b49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf93768fcf99b420b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ca0da9b40b044e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8357f2601884a17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf08ac81260b6499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ca0da9b40b044e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94dbf89ba22e4202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8357f2601884a17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Data + Fintech-Profiteure</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JND3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>184,816</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>