--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf93768fcf99b420b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07a301c5a0114aab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8357f2601884a17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22357eaf6c2a475d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94dbf89ba22e4202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8357f2601884a17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcbe6749835a40df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22357eaf6c2a475d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Data + Fintech-Profiteure</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JND3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>