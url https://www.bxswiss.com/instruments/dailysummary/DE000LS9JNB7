--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0263a55c44534d67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58845c9bc7724498" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb403d67154d54348"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb2e6d4e93c54b1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4be8c3b69264349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb403d67154d54348" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50ca9a5ecd3c4bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb2e6d4e93c54b1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Outperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>115,429</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>