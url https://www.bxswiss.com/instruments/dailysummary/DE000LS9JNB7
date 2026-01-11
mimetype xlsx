--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58845c9bc7724498" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re426b2bf8336453e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb2e6d4e93c54b1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d8879b10eb44a7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50ca9a5ecd3c4bd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb2e6d4e93c54b1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a94c963171c43ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d8879b10eb44a7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Outperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>113,472</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...138 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,148</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>