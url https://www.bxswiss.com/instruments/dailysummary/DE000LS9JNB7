--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re426b2bf8336453e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ea447b40388489d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d8879b10eb44a7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcefbf9b3f1ea481e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a94c963171c43ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d8879b10eb44a7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbb60df4e95e4832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcefbf9b3f1ea481e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Outperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>113,814</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>