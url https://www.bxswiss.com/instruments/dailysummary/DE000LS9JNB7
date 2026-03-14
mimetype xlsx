--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ea447b40388489d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c3f88d736234f60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcefbf9b3f1ea481e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0af1e3e6f1ce4b54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbb60df4e95e4832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcefbf9b3f1ea481e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82a377d1b4854cb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0af1e3e6f1ce4b54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Outperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>