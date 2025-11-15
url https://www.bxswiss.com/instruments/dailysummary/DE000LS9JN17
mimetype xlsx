--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63aa31c0ed084034" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5b1b0a9063c4864" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc36014c2f4104627"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95f97add55564946"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10b97a9660f942d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc36014c2f4104627" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R445fb909aa314fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95f97add55564946" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Aristokraten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JN17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>166,976</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>