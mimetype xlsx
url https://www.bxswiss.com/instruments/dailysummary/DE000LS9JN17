--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5b1b0a9063c4864" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd98f881bf0664970" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95f97add55564946"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5283d013bcc84141"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R445fb909aa314fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95f97add55564946" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0383580011b247ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5283d013bcc84141" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Aristokraten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JN17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>167,429</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>