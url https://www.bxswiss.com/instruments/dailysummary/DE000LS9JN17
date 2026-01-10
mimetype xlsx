--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd98f881bf0664970" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c3ee5bb50f74b80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5283d013bcc84141"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R803a90e9a15a43cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0383580011b247ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5283d013bcc84141" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40a0dcd5d4bc4f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R803a90e9a15a43cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Aristokraten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JN17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,784</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>