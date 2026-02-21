--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c3ee5bb50f74b80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27c8ea8725344b10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R803a90e9a15a43cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13e533c69c314722"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40a0dcd5d4bc4f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R803a90e9a15a43cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19a851412ae6479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13e533c69c314722" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Aristokraten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JN17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>170,349</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,446</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>172,519</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>