--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1feced1daaa49aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R229e65465f2f4545" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bab763491524c18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab9510fbdaa46c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60e71f207eb74e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bab763491524c18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bf80f5e50214f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab9510fbdaa46c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silber Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JN09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>115,069</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,391</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>115,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,168</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>115,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>