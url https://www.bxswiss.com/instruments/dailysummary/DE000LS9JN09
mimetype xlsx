--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R229e65465f2f4545" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad7f0e860c349b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab9510fbdaa46c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0688d76226ad48bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bf80f5e50214f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab9510fbdaa46c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfefe9384a6944315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0688d76226ad48bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silber Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JN09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>114,826</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,716</x:t>
-[...195 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>114,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,095</x:t>
-[...117 lines deleted...]
-          <x:t>113,829</x:t>
+          <x:t>113,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>