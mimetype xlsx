--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ad7f0e860c349b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aa96486dce544b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0688d76226ad48bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78fdc308ac864f68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfefe9384a6944315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0688d76226ad48bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac1430a2aa54319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78fdc308ac864f68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silber Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JN09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>114,505</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,393</x:t>
-[...377 lines deleted...]
-          <x:t>114,349</x:t>
+          <x:t>114,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,663</x:t>
-        </x:is>
-[...241 lines deleted...]
-          <x:t>113,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>