--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aa96486dce544b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa19527bc492499d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78fdc308ac864f68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd020f10997614bad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac1430a2aa54319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78fdc308ac864f68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12849c489f26421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd020f10997614bad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silber Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JN09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>114,568</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,382</x:t>
-[...556 lines deleted...]
-          <x:t>114,763</x:t>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,663</x:t>
+          <x:t>114,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>