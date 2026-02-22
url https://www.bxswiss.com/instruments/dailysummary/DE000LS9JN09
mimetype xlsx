--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa19527bc492499d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27ff4c0b13ad4b5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd020f10997614bad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d17e2b7ed7b4a6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12849c489f26421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd020f10997614bad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36ddb27c36db4d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d17e2b7ed7b4a6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silber Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JN09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>114,629</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>