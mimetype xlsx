--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27ff4c0b13ad4b5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9afc520a83de40ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d17e2b7ed7b4a6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd353ecd730fb4142"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36ddb27c36db4d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d17e2b7ed7b4a6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4010d3c0d1b2422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd353ecd730fb4142" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silber Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JN09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>