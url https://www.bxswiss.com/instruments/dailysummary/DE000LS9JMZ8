--- v0 (2025-10-26)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27805323378942de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb40b774aedf4360" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38c303904b584ceb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc49c64bfd82c4ec5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb294780ea49f437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38c303904b584ceb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea9e9f1ee62941d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc49c64bfd82c4ec5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Infinite Global Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JMZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>136,494</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>