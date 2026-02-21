--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb40b774aedf4360" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69dd438fc135412e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc49c64bfd82c4ec5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra10e8fdf1a354410"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea9e9f1ee62941d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc49c64bfd82c4ec5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R040e413054974920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra10e8fdf1a354410" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Infinite Global Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JMZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>144,059</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>