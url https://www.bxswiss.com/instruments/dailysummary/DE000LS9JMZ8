--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69dd438fc135412e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44f1b99123c04332" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra10e8fdf1a354410"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e49d717b054ffe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R040e413054974920" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra10e8fdf1a354410" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac4ff0a9e53e4116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e49d717b054ffe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Infinite Global Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JMZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>