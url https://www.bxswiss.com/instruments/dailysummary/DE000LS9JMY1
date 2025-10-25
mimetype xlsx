--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refc916f108e24954" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c851b146ac4859" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88498fbfd8a54408"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87d3522ea3894553"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76bbb13a65a046a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88498fbfd8a54408" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R887288dd6ddb440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87d3522ea3894553" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7Up1Down</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JMY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>