--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c851b146ac4859" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R855d6a1fcb8a4c29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87d3522ea3894553"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15cd47b5cd2645e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R887288dd6ddb440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87d3522ea3894553" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e3c295ddac44550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15cd47b5cd2645e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7Up1Down</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JMY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>184,167</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>