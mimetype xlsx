--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R855d6a1fcb8a4c29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R224ea0bf29d8416f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15cd47b5cd2645e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31bd372881fb440b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e3c295ddac44550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15cd47b5cd2645e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b308d1495734aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31bd372881fb440b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7Up1Down</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JMY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,279</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>