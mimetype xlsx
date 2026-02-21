--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R224ea0bf29d8416f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd9bed48e0f24b56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31bd372881fb440b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8c1ff4c8cd4608"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b308d1495734aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31bd372881fb440b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff3b5072645d479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8c1ff4c8cd4608" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7Up1Down</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JMY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>201,376</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>