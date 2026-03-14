--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd9bed48e0f24b56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5d0ad7402e34e93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8c1ff4c8cd4608"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89f5517851c54266"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff3b5072645d479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8c1ff4c8cd4608" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf60df0500a6d493a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89f5517851c54266" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7Up1Down</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JMY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,101</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>