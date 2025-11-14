--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde9b1a9a724e4525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21d6602cc814f0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R103492aa86154586"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0946214de9b24b94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5019358663e4e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R103492aa86154586" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R502eae1fe11a4032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0946214de9b24b94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte - Abonkow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JMX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>216,741</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>