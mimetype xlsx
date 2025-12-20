--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21d6602cc814f0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe5e0113809437d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0946214de9b24b94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c9505c1fea54147"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R502eae1fe11a4032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0946214de9b24b94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39c076ddfe154849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c9505c1fea54147" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte - Abonkow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JMX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>210,526</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>