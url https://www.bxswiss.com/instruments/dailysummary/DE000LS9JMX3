--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe5e0113809437d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd1645b10f5e4eb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c9505c1fea54147"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63d74ce4bdc745a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39c076ddfe154849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c9505c1fea54147" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a862eb62dbc49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63d74ce4bdc745a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte - Abonkow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JMX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,132</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>