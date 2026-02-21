--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd1645b10f5e4eb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde4191a7f15f475d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63d74ce4bdc745a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeb87393edc34cd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a862eb62dbc49ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63d74ce4bdc745a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra616bd7d529349e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeb87393edc34cd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte - Abonkow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JMX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>214,868</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>