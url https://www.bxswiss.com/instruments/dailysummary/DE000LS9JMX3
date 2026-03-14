--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde4191a7f15f475d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc04562a12bc4ee3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeb87393edc34cd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R684d61cfaf0e4885"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra616bd7d529349e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeb87393edc34cd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74b4302696814857" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R684d61cfaf0e4885" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte - Abonkow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JMX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>201,814</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>201,811</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>198,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,684</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>