--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36edd5c85baa4688" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra12bbcedc8e7411f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84269683ef2c4b2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R318a1793e192420e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fe9481dde154545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84269683ef2c4b2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e683c09fa23470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R318a1793e192420e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Versicherungswerte Global 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JM75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,354</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>