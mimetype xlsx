--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra12bbcedc8e7411f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R696bb989e68d4631" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R318a1793e192420e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6efd0d0ad544bc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e683c09fa23470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R318a1793e192420e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4c8fd0368f7439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6efd0d0ad544bc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Versicherungswerte Global 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JM75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>281,660</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>