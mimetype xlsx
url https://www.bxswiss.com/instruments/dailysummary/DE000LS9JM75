--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R696bb989e68d4631" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde82a4ac8ce04897" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6efd0d0ad544bc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa553c9fd624f4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4c8fd0368f7439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6efd0d0ad544bc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fa47bc0aee04a0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa553c9fd624f4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Versicherungswerte Global 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JM75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>