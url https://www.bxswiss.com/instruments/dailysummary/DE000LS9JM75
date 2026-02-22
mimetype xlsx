--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde82a4ac8ce04897" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f7cb293fda74707" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa553c9fd624f4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R385e7c0a796f4d35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fa47bc0aee04a0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa553c9fd624f4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra05761cee8c742dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R385e7c0a796f4d35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Versicherungswerte Global 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JM75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>288,885</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>