--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f7cb293fda74707" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c5464b98c349b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R385e7c0a796f4d35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e6e70c21b8d4537"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra05761cee8c742dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R385e7c0a796f4d35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R964809f4fc234c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e6e70c21b8d4537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Versicherungswerte Global 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JM75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>282,720</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>281,516</x:t>
-[...301 lines deleted...]
-          <x:t>279,902</x:t>
+          <x:t>281,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>