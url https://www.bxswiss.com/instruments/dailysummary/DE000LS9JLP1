--- v0 (2025-10-03)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d269133cae747fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9be11e7979a24d3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bf9569f100c4476"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb4e4e10422144be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdb0c94e9bae45b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bf9569f100c4476" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71e1ba4ec0d24c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb4e4e10422144be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality fundamental Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>168,908</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>