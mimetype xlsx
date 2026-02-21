--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9be11e7979a24d3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbb92df523814e36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb4e4e10422144be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec3e87e7c3bf4661"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71e1ba4ec0d24c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb4e4e10422144be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc82215fcfec74664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec3e87e7c3bf4661" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality fundamental Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>168,356</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>