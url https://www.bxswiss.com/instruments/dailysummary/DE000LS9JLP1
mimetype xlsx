--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbb92df523814e36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94dbc978605f499e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec3e87e7c3bf4661"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1777100e14014b4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc82215fcfec74664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec3e87e7c3bf4661" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b966e6a87a4ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1777100e14014b4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality fundamental Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>