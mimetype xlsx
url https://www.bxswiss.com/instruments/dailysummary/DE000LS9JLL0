--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd18bf55e28c54455" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a6c0eb4d3084fe3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e48951fb2824d6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf1b35470ac45bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf6c6e7924b44ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e48951fb2824d6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9a78dd3dcfc4a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf1b35470ac45bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuer Megatrend "Fracking"</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,769</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>124,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,347</x:t>
         </x:is>
       </x:c>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>