--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a6c0eb4d3084fe3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53eabc2ea7714c77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf1b35470ac45bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb91a372d52d94bdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9a78dd3dcfc4a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf1b35470ac45bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2ebd50ba9684f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb91a372d52d94bdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuer Megatrend "Fracking"</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>