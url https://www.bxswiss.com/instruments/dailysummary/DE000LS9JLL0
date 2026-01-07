--- v2 (2025-11-21)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53eabc2ea7714c77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad94f88afad4ee6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb91a372d52d94bdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e26450d38e4b8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2ebd50ba9684f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb91a372d52d94bdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R087be0bbdfd041f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e26450d38e4b8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuer Megatrend "Fracking"</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>130,892</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>