--- v3 (2026-01-07)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad94f88afad4ee6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78e2d75c661f4124" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e26450d38e4b8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R919eebb7694d4fb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R087be0bbdfd041f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e26450d38e4b8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8c1645d7fdf41fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R919eebb7694d4fb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuer Megatrend "Fracking"</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>145,265</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>