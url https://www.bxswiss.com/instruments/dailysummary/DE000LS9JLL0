--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78e2d75c661f4124" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re703b7d51b3e4762" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R919eebb7694d4fb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc885160550f4489a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8c1645d7fdf41fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R919eebb7694d4fb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d6493f2592a42b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc885160550f4489a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuer Megatrend "Fracking"</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>