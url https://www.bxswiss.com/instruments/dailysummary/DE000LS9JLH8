--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1fe8b9b551f45f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b3380caa27847e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d626c63b6954897"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62196da492a34b51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf05ad49a16c24e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d626c63b6954897" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R816fcb819b1a4957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62196da492a34b51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,428</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>