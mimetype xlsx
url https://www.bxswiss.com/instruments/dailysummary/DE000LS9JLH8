--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b3380caa27847e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2912bb4b2b04ba1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62196da492a34b51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aac94a067784604"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R816fcb819b1a4957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62196da492a34b51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb9c909ccf34d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aac94a067784604" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>303,957</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>301,816</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>302,339</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,089</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>