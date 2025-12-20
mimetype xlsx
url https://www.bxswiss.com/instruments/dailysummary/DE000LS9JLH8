--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2912bb4b2b04ba1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b4ee0c22cbd454c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aac94a067784604"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22ac78fd6a754513"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cb9c909ccf34d5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aac94a067784604" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a5997deb7434562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22ac78fd6a754513" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,152</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>