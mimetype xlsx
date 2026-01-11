--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b4ee0c22cbd454c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73cda70f0ac74280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22ac78fd6a754513"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4038e7fc516e4ea2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a5997deb7434562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22ac78fd6a754513" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7efcc5d76b764637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4038e7fc516e4ea2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>