--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73cda70f0ac74280" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdb5d63728e54e57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4038e7fc516e4ea2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d4194bcf85e46ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7efcc5d76b764637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4038e7fc516e4ea2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f03de1624084131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d4194bcf85e46ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>300,913</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>