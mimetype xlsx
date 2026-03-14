--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdb5d63728e54e57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f49da9789144b0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d4194bcf85e46ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R489daefb54e44adc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f03de1624084131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d4194bcf85e46ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03499c502e444ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R489daefb54e44adc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,808</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>