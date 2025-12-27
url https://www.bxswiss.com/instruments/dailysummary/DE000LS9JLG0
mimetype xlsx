--- v0 (2025-10-24)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd459aa4ced5f401e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcde4f6279a241fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7ab5b7ca05045cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d2e52f1d38346d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac8effda960b4704" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7ab5b7ca05045cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf04be317894457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d2e52f1d38346d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bargain Hunter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>275,887</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>