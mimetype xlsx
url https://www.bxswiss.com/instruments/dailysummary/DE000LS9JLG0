--- v1 (2025-12-27)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcde4f6279a241fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e716b35bc1c4ebe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d2e52f1d38346d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69ed490f4eb54558"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf04be317894457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d2e52f1d38346d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e16cdd7d4142b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69ed490f4eb54558" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bargain Hunter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,992</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>