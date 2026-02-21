--- v2 (2026-01-16)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e716b35bc1c4ebe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab7a20e96fa14044" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69ed490f4eb54558"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12befd1966334f14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e16cdd7d4142b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69ed490f4eb54558" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f999445e8294e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12befd1966334f14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bargain Hunter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>324,992</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>