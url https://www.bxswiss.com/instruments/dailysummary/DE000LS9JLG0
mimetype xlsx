--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab7a20e96fa14044" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9993c846333245ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12befd1966334f14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e85a66a8ff84cbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f999445e8294e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12befd1966334f14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R189291a45a4e4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e85a66a8ff84cbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bargain Hunter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,372</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>