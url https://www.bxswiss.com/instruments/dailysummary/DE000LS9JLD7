--- v0 (2025-10-25)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ec068f5b574e23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1570cba6e7346cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac34838f88a4ca8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64fe99c978564de7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cdc688a983e4817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac34838f88a4ca8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a289a2bea834df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64fe99c978564de7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>98,339</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>