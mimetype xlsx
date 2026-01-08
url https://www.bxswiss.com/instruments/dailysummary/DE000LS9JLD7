--- v1 (2026-01-07)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1570cba6e7346cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re75dc317d5904731" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64fe99c978564de7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabef7b6129474f91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a289a2bea834df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64fe99c978564de7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re700e9208ec444ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabef7b6129474f91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -578,28 +578,55 @@
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,154</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>