--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re75dc317d5904731" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4fdde55fa6142eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabef7b6129474f91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8381403b0cef4d53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re700e9208ec444ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabef7b6129474f91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72cab8d14f214b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8381403b0cef4d53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>110,156</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>