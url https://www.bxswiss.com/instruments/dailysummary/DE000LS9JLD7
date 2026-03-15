--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4fdde55fa6142eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25cd9dd28b5a403e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8381403b0cef4d53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R052d6e9f73894615"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72cab8d14f214b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8381403b0cef4d53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6056c3b7e8dd4317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R052d6e9f73894615" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,902</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>