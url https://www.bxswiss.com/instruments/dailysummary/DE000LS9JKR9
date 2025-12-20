--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R699ff805adbe497b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a8718425bc64b09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8fc92952e04489d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb214a9b115594aa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66809a8d51294b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8fc92952e04489d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58f7999bd99944f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb214a9b115594aa4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Künstliche Intelligenz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>168,374</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>