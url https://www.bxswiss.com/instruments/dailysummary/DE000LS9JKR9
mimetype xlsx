--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a8718425bc64b09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34ba4e324ba044fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb214a9b115594aa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfab22f794c54873"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58f7999bd99944f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb214a9b115594aa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85c0b849b4d44aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfab22f794c54873" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Künstliche Intelligenz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>