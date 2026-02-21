--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34ba4e324ba044fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re640703ae2544581" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfab22f794c54873"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0bec1adac904063"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85c0b849b4d44aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfab22f794c54873" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8383eacf5ea945e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0bec1adac904063" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Künstliche Intelligenz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>178,907</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>