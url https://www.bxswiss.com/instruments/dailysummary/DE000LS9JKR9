--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re640703ae2544581" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R029cee38215c4b36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0bec1adac904063"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R232bdafbe3ab4cfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8383eacf5ea945e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0bec1adac904063" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf5052aea1664683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R232bdafbe3ab4cfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Künstliche Intelligenz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>