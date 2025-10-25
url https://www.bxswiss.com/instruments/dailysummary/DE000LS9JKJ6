--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c8e90753d154761" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R744356a5899c415e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1ac41940b154bab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0773230074044dfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d0b331875fe4cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1ac41940b154bab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra27913dfd80a42b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0773230074044dfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kopf und Bauch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>582,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>583,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>574,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>576,587</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>598,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>599,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>594,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>596,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>