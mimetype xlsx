--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R744356a5899c415e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98b7dfcee3ca4040" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0773230074044dfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7948678acc8c4829"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra27913dfd80a42b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0773230074044dfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf14e00b78f7b4c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7948678acc8c4829" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kopf und Bauch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>595,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>597,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>584,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>589,337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>584,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>590,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>584,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>588,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>