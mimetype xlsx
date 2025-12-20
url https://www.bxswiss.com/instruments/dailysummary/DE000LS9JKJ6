--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98b7dfcee3ca4040" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c6f40a5de124c7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7948678acc8c4829"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R925972559633402c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf14e00b78f7b4c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7948678acc8c4829" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6732d5546bad4451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R925972559633402c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kopf und Bauch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>585,008</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>