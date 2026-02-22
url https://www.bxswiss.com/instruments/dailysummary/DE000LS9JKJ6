--- v3 (2025-12-20)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c6f40a5de124c7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e67a681b0b24099" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R925972559633402c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R267cfb4a168345c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6732d5546bad4451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R925972559633402c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c70c1efc8a43bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R267cfb4a168345c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kopf und Bauch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>549,907</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>