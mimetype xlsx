--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e67a681b0b24099" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeaffed18d714d94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R267cfb4a168345c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0217aa0383447b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3c70c1efc8a43bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R267cfb4a168345c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ab05d59163b40dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0217aa0383447b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kopf und Bauch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>519,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>521,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>519,426</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>511,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>508,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>513,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>