--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0f0b2cf90aa4845" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd28d77be41ab4390" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf96aea9a028496d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe4bf45189c247e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fbdb8f0ab7247c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf96aea9a028496d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e02bbd34603463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe4bf45189c247e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Werte - antizyklisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>