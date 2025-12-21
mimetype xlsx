--- v1 (2025-11-04)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd28d77be41ab4390" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc7743ea786c4768" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe4bf45189c247e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bc476d5f19548f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e02bbd34603463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe4bf45189c247e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra543aa16ba78419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bc476d5f19548f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Werte - antizyklisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>186,890</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>