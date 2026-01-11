--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc7743ea786c4768" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re40119828afe4438" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bc476d5f19548f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b1f8eb178a94a4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra543aa16ba78419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bc476d5f19548f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f74479259394d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b1f8eb178a94a4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Werte - antizyklisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>173,611</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,927</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>172,212</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>