--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re40119828afe4438" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd94bdeca01e54e38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b1f8eb178a94a4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29fc8845f02d4a4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f74479259394d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b1f8eb178a94a4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ade91e9d23241d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29fc8845f02d4a4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Werte - antizyklisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>173,719</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>