--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f6c13387854dde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R871ead06325344d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde680feb1114415b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f0662e0e9774d7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde5d786b08fc4614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde680feb1114415b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb705898e5b914d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f0662e0e9774d7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chip Dividenden LT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,797</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>