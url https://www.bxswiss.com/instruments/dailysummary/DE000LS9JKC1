--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R871ead06325344d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fc0a98c819143cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f0662e0e9774d7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd81d59f7236f4e8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb705898e5b914d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f0662e0e9774d7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra20c0f6a47934d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd81d59f7236f4e8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chip Dividenden LT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>130,129</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,602</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>127,977</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>