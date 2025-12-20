--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fc0a98c819143cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9ba0d520e004a25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd81d59f7236f4e8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R137e81e5b6fc4870"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra20c0f6a47934d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd81d59f7236f4e8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5691c7e682d7417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R137e81e5b6fc4870" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chip Dividenden LT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>129,314</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>