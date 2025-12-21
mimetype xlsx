--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9ba0d520e004a25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf018e89a1a594fa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R137e81e5b6fc4870"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0682413e3c8418a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5691c7e682d7417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R137e81e5b6fc4870" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9025bb46db334933" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0682413e3c8418a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chip Dividenden LT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,664</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>