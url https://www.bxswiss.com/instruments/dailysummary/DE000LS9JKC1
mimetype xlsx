--- v4 (2025-12-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf018e89a1a594fa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf91f867699c945c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0682413e3c8418a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf84525e02434402"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9025bb46db334933" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0682413e3c8418a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ee9eec846cc43fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf84525e02434402" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chip Dividenden LT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>127,139</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,188</x:t>
-[...463 lines deleted...]
-          <x:t>130,976</x:t>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,839</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>