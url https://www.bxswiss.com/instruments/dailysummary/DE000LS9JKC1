--- v5 (2026-02-21)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf91f867699c945c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd6831dd393b4652" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf84525e02434402"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50712f9623c14a46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ee9eec846cc43fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf84525e02434402" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e9bd3124a34411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50712f9623c14a46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chip Dividenden LT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>128,735</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,793</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>130,839</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>