--- v0 (2025-10-25)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcbe3c6f9cf64226" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd55d68bd023f467f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b80d3da569f431e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0008513849574eb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R941316a3ca5e4161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b80d3da569f431e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc67dc8eb0c354158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0008513849574eb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy and Hold Great Companies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>441,954</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>