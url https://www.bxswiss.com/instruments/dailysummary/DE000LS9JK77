--- v1 (2026-01-09)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd55d68bd023f467f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab816c3695654e11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0008513849574eb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafd3825279244719"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc67dc8eb0c354158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0008513849574eb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd56820160c714e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafd3825279244719" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy and Hold Great Companies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>436,546</x:t>
-[...279 lines deleted...]
-          <x:t>454,221</x:t>
+          <x:t>436,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>