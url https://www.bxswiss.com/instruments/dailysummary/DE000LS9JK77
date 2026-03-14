--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab816c3695654e11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8946cc8ef4c425c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafd3825279244719"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3295064c09fa4039"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd56820160c714e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafd3825279244719" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6530f08ad444020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3295064c09fa4039" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy and Hold Great Companies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>434,498</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>433,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>429,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,578</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>429,511</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>