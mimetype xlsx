--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R770bd3224ea0429d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07f7830b0f984e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20dd1eb6f7524f93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6e0071e87044537"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c764d5580824b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20dd1eb6f7524f93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R367504f9272e4725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6e0071e87044537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Aktienwerte Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>