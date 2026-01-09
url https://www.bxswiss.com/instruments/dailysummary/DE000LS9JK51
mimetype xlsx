--- v1 (2025-10-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07f7830b0f984e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ad8dd0f864241a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6e0071e87044537"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbb7458b31c24f52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R367504f9272e4725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6e0071e87044537" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad2a2a65285a4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbb7458b31c24f52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Aktienwerte Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,491 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>241,794</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>