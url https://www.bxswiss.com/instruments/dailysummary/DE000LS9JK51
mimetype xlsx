--- v2 (2026-01-09)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ad8dd0f864241a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8332033d60614394" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbb7458b31c24f52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racc418cdca56425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad2a2a65285a4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbb7458b31c24f52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0b9c32604784e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racc418cdca56425d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Aktienwerte Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,491 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>227,077</x:t>
-[...360 lines deleted...]
-          <x:t>225,658</x:t>
+          <x:t>224,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>