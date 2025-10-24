--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56abcfe5fbeb4685" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c479a84896842fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0acbe4e7bd914caf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d72e20b2bfb497e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5aca550b41254e92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0acbe4e7bd914caf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6373da9b7e30498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d72e20b2bfb497e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoffwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>778,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>780,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>777,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>778,845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>797,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>799,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>793,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>794,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>