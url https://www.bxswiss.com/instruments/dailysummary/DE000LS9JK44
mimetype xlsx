--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c479a84896842fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf161caf4b83f4b24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d72e20b2bfb497e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4289729bb724672"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6373da9b7e30498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d72e20b2bfb497e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda53f59847a4ac9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4289729bb724672" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoffwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>798,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>805,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>798,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>804,766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>799,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>807,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>799,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>807,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>807,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>813,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>