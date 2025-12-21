--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf161caf4b83f4b24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R484c14143168481d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4289729bb724672"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7884cd504f854fe8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda53f59847a4ac9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4289729bb724672" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb04c464563b24d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7884cd504f854fe8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoffwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>820,061</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>822,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>826,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>825,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>830,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>824,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>828,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>829,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>832,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>838,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>842,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>843,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>833,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>837,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>845,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>850,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>