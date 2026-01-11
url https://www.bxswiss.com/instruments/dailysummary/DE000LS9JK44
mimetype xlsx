--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R484c14143168481d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb2addf458b64209" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7884cd504f854fe8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4aa5f6ab644293"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb04c464563b24d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7884cd504f854fe8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6283526adb38430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4aa5f6ab644293" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoffwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>851,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>852,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>847,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>848,607</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>851,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>860,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>850,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>859,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>865,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>908,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>899,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>893,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>