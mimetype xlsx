--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb2addf458b64209" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0360997aeaa4f4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd4aa5f6ab644293"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f6ebb46fb944dba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6283526adb38430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd4aa5f6ab644293" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc6a0dbf52284f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f6ebb46fb944dba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoffwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>913,245</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>927,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>925,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>927,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>929,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>929,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>947,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>947,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>951,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>951,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>962,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>962,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>949,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>974,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>974,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>972,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>972,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>970,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>