--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0360997aeaa4f4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R134d8110320a4905" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f6ebb46fb944dba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc01adab395ef4829"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc6a0dbf52284f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f6ebb46fb944dba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2085848c222443c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc01adab395ef4829" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoffwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>954,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>960,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>949,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>953,128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>965,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>970,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>965,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>967,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>974,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>976,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>973,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>980,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>980,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>984,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>983,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>979,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.000,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>990,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.000,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.000,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>992,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>987,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>990,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>984,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>984,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>992,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>992,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>995,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>993,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>991,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>991,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.008,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>991,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.007,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.014,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.031,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.011,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.037,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.041,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>