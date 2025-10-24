--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R099c8cd249ec4f9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb02cb7ce86d4538" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffe5f40ed7424654"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6597f8f0a10d424f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44a5a2e69aa44087" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffe5f40ed7424654" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2093d1abaa2a42ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6597f8f0a10d424f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TR's Investment in Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>249,827</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,856</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...386 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,218</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>