--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb02cb7ce86d4538" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc7e023e0074425e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6597f8f0a10d424f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R763a9e361e6e4fdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2093d1abaa2a42ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6597f8f0a10d424f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0516a6bd2656486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R763a9e361e6e4fdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TR's Investment in Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>