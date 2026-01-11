--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc7e023e0074425e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re26acf60a1644236" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R763a9e361e6e4fdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf4414405f87464c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0516a6bd2656486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R763a9e361e6e4fdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f27b682d80c4cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf4414405f87464c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TR's Investment in Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>254,936</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>