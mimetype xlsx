--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re26acf60a1644236" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85f416c417c34300" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf4414405f87464c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf3fbb938b5d4999"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f27b682d80c4cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf4414405f87464c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc72fdff99e824e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf3fbb938b5d4999" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TR's Investment in Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>257,329</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>