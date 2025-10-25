--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf579a6ac4c6a4205" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfdcc310ea67466a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6e9944b4d424128"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ef957c990d04513"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39c498d5081148be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6e9944b4d424128" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf9f3d4ad8c14cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ef957c990d04513" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALERA 222 Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>302,672</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,313</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>300,913</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>