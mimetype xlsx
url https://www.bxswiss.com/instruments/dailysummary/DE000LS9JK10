--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfdcc310ea67466a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8840509c211479f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ef957c990d04513"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R988bc4d78b994ac7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf9f3d4ad8c14cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ef957c990d04513" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b6fd2946e5c4969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R988bc4d78b994ac7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALERA 222 Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>