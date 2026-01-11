--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8840509c211479f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3b428d4b8ed4e64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R988bc4d78b994ac7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda1c6135c3b84fe5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b6fd2946e5c4969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R988bc4d78b994ac7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccef93f56ace4245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda1c6135c3b84fe5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALERA 222 Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>301,057</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>