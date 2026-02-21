--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3b428d4b8ed4e64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4874208823ae45c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda1c6135c3b84fe5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cf396b7b0404bc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccef93f56ace4245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda1c6135c3b84fe5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeb34b006fd94849" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cf396b7b0404bc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALERA 222 Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>303,785</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>