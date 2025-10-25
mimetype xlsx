--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf982f3a65e74d0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R750f9dc889434949" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb5ff38d3a994f11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6592acbe1d094b75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc2bf75cd9b742f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb5ff38d3a994f11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57807e58b79e4139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6592acbe1d094b75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ausgewogen-Risikobereit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,951</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>