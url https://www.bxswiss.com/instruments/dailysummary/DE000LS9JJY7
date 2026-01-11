--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R750f9dc889434949" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb474cbb96014b44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6592acbe1d094b75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb97319b2cca84f46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57807e58b79e4139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6592acbe1d094b75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dd8f14cd05d4632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb97319b2cca84f46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ausgewogen-Risikobereit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>244,018</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>