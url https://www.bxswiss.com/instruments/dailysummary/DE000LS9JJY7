--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb474cbb96014b44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1fe68c02b27482b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb97319b2cca84f46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54158909efd94f7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dd8f14cd05d4632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb97319b2cca84f46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69f8b0bf24b94391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54158909efd94f7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ausgewogen-Risikobereit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>286,189</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>