--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1fe68c02b27482b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c654bb712db4649" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54158909efd94f7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36ba6ba5408040e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69f8b0bf24b94391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54158909efd94f7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62b7b12aae9948a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36ba6ba5408040e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ausgewogen-Risikobereit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>288,768</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>288,727</x:t>
-[...485 lines deleted...]
-          <x:t>274,651</x:t>
+          <x:t>280,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>