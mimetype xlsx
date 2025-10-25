--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdac4c31388c545c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aa35e0199c843fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R684c5fe72e5d4607"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe68333347434b9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcf731d908cd4af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R684c5fe72e5d4607" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1429a0b0bd5644a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe68333347434b9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Cashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,252</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>