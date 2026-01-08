--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aa35e0199c843fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R377fe6ac4f7c4a7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe68333347434b9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R055b23b8ab244791"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1429a0b0bd5644a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe68333347434b9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ff0a85310b642aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R055b23b8ab244791" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Cashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>119,719</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>