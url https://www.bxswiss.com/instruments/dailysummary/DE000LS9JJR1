--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R377fe6ac4f7c4a7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c211dd5d636404e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R055b23b8ab244791"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f0078779df245fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ff0a85310b642aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R055b23b8ab244791" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R469311af443146a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f0078779df245fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Cashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>131,060</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>