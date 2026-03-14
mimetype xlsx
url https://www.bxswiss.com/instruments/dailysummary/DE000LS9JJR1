--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c211dd5d636404e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d52f1c599194ec4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f0078779df245fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe52bd0a95f8400b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R469311af443146a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f0078779df245fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba638a928dbe4817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe52bd0a95f8400b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Cashflow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>