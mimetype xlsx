--- v0 (2025-10-05)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03af7ec656464435" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbbbc9ddfb664e28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e4f0abe79fa4aba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb16def4472ed43c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb668717849c74b28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e4f0abe79fa4aba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca306e072ec0459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb16def4472ed43c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalDiversity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>160,313</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,398</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>18.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,177</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>161,282</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>160,321</x:t>
-[...6 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>159,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>160,733</x:t>
-[...117 lines deleted...]
-          <x:t>161,050</x:t>
+          <x:t>159,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>