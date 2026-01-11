--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbbbc9ddfb664e28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5412db73aa4b06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb16def4472ed43c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdad88770fe454a15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca306e072ec0459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb16def4472ed43c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc7a75811c0f428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdad88770fe454a15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalDiversity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>158,429</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>