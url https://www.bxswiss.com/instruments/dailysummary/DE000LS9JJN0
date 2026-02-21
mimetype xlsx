--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5412db73aa4b06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93cf63d5a06d4f9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdad88770fe454a15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701a889fe71e4e51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc7a75811c0f428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdad88770fe454a15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ddc87e4f9ca45b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701a889fe71e4e51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalDiversity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>154,108</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>