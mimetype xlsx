--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93cf63d5a06d4f9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06e90bd1559c4c96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R701a889fe71e4e51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50a626deb9164399"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ddc87e4f9ca45b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R701a889fe71e4e51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re41309fbce344db2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50a626deb9164399" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalDiversity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,724</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>148,296</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>