--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07c39031e4c44b2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb429b3b4455b4ec4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d71a1637ef24989"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redb3cbf4245041db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2616866b03564f71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d71a1637ef24989" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf3ac8f5c66e45f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redb3cbf4245041db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Random-Walk-Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>