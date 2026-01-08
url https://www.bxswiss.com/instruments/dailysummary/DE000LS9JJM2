--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb429b3b4455b4ec4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R462f162417374f46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redb3cbf4245041db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4197dda85f4d4a5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf3ac8f5c66e45f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redb3cbf4245041db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89699a6209414baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4197dda85f4d4a5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Random-Walk-Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>170,220</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>