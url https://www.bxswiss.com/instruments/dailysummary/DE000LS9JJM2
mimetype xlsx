--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R462f162417374f46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra39c2c4ffe7643db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4197dda85f4d4a5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40b3f44c50c64d73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89699a6209414baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4197dda85f4d4a5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b52280375d64029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40b3f44c50c64d73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Random-Walk-Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>185,370</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>