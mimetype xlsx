--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra39c2c4ffe7643db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb311748439194ffb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40b3f44c50c64d73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R880f04ac8a294bbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b52280375d64029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40b3f44c50c64d73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd08fd4846ebb468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R880f04ac8a294bbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Random-Walk-Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>191,228</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,538</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>190,799</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>