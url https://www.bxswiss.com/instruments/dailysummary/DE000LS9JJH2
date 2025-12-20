--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e3bc161e71c4711" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4beb88b25c64dca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R268db5ebc8184ffa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ec78e4e54a243c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdddefb07439f4323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R268db5ebc8184ffa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a269a59b0e54396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ec78e4e54a243c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendentitel weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,721</x:t>
-[...306 lines deleted...]
-          <x:t>128,753</x:t>
+          <x:t>129,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>