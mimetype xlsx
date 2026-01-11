--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4beb88b25c64dca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bb89fdb76844f24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ec78e4e54a243c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bbc49d31882408c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a269a59b0e54396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ec78e4e54a243c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf91351b739d47c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bbc49d31882408c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendentitel weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>