--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bb89fdb76844f24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d509feb5b7940de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bbc49d31882408c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62f01ad435fb46ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf91351b739d47c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bbc49d31882408c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9dbee8db18c4f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62f01ad435fb46ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendentitel weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>129,390</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>