--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d509feb5b7940de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72ef4ed55bba44d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62f01ad435fb46ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d6d0673f3694c31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9dbee8db18c4f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62f01ad435fb46ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d630c98fc2e4e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d6d0673f3694c31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendentitel weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,512</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>