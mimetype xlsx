--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd94c7f7720b145ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6fed8732a52438c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc49ae6c35f8c4f96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bce4ab9356f4ccc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf1f77be2dd4f43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc49ae6c35f8c4f96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c4d289a1e414338" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bce4ab9356f4ccc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech- und Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,686</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>