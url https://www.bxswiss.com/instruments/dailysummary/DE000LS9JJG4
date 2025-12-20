--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6fed8732a52438c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaf470fa7daf4c2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bce4ab9356f4ccc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8f50816506e47f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c4d289a1e414338" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bce4ab9356f4ccc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18305469e85a48ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8f50816506e47f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech- und Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>159,981</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>