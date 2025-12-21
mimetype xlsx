--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaf470fa7daf4c2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba82ac17908d4f91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8f50816506e47f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8ba98a8b4db4aee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18305469e85a48ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8f50816506e47f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24f920b5bdce400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8ba98a8b4db4aee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech- und Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>