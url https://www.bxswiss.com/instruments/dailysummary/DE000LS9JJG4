--- v3 (2025-12-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba82ac17908d4f91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd511b309b9b3477c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8ba98a8b4db4aee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95319dd3af194527"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24f920b5bdce400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8ba98a8b4db4aee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32fb79f4f73b4407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95319dd3af194527" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech- und Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>159,573</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,178</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>161,076</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>