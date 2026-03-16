--- v4 (2026-02-21)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd511b309b9b3477c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21c0583332aa4ed1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95319dd3af194527"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb23afa004f0d4873"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32fb79f4f73b4407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95319dd3af194527" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fb15921ace44f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb23afa004f0d4873" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech- und Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...436 lines deleted...]
-          <x:t>153,729</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,187</x:t>
-[...193 lines deleted...]
-          <x:t>145,853</x:t>
+          <x:t>152,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>