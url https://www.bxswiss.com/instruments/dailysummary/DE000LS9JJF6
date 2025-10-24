--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2278cd3b32544fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d90f6f9dd7f4138" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b2dbcdbbdff4e1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49132ed5ee7a4c57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf92d97792aee4b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b2dbcdbbdff4e1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbee8548cebfd417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49132ed5ee7a4c57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investradar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>