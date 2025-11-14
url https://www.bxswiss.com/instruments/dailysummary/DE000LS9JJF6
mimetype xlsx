--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d90f6f9dd7f4138" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5488b6c3dbb4486" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49132ed5ee7a4c57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77c0480fa4d740ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbee8548cebfd417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49132ed5ee7a4c57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3500ce4359b4957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77c0480fa4d740ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investradar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>