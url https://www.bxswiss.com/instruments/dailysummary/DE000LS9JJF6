--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5488b6c3dbb4486" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R451075826abc4e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77c0480fa4d740ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c06113521204831"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3500ce4359b4957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77c0480fa4d740ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e27e99d3ed34a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c06113521204831" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investradar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...620 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>230,818</x:t>
-[...9 lines deleted...]
-          <x:t>226,270</x:t>
+          <x:t>231,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>