--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R451075826abc4e76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R895f8b2dcbda46bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c06113521204831"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R671bef2e6a3746c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e27e99d3ed34a44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c06113521204831" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree8308a4f2434f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R671bef2e6a3746c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investradar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>231,323</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,349</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...359 lines deleted...]
-          <x:t>17.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,135</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>231,135</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,322</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>