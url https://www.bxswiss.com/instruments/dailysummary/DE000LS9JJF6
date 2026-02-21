--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R895f8b2dcbda46bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refd3d2cc0e884e71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R671bef2e6a3746c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38a91e47e024493e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree8308a4f2434f81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R671bef2e6a3746c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1ac64e872d34d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38a91e47e024493e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investradar</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>231,322</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>