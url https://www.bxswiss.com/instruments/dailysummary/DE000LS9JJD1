--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2352299a5710436d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44cbc66128034b0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95f0f50fea784ffa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d1351f8a6724680"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7062c5ed79742f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95f0f50fea784ffa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R631ccb26318d4dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d1351f8a6724680" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Renditechancen TP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>191,506</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>