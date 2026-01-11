--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44cbc66128034b0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7b2902b90e47bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d1351f8a6724680"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d50021eecab4796"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R631ccb26318d4dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d1351f8a6724680" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re43c67f611944310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d50021eecab4796" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Renditechancen TP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,554 +149,149 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>195,013</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,846</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...398 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,888</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>