--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7b2902b90e47bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd7b94b173514132" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d50021eecab4796"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3efba7d408ae42e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re43c67f611944310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d50021eecab4796" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e757fcc611141b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3efba7d408ae42e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Renditechancen TP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>196,167</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>