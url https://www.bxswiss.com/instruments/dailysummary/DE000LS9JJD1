--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd7b94b173514132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R380efeaccb294bab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3efba7d408ae42e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re44b1021ed004246"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e757fcc611141b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3efba7d408ae42e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R828645117a6e4e0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re44b1021ed004246" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Renditechancen TP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>192,377</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>191,355</x:t>
-[...431 lines deleted...]
-          <x:t>194,902</x:t>
+          <x:t>188,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>