--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85ebe18a1c2e4159" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c65a1ed1e3f4fd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad296af25d3c41ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47c5e36c9e5f4335"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdd1956eb4c145b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad296af25d3c41ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89861b920830413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47c5e36c9e5f4335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lazarus2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>