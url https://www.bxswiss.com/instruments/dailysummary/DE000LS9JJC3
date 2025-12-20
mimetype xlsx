--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c65a1ed1e3f4fd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf792c01427174d56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47c5e36c9e5f4335"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re81573436cd949bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89861b920830413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47c5e36c9e5f4335" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e8474e5dd0f440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re81573436cd949bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lazarus2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>141,335</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>