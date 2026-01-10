--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf792c01427174d56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfce2eec3ecdb4d4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re81573436cd949bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R464443562ee64092"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e8474e5dd0f440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re81573436cd949bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fe459cf93af415f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R464443562ee64092" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lazarus2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>147,758</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,182</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>145,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,194</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>