--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfce2eec3ecdb4d4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc039458d73244b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R464443562ee64092"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5e3cec2e3f24b5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fe459cf93af415f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R464443562ee64092" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bcbb5178844455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5e3cec2e3f24b5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lazarus2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>142,892</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>