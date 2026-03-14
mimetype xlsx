--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc039458d73244b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca9a51d847974c71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5e3cec2e3f24b5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81568eef512a4d96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bcbb5178844455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5e3cec2e3f24b5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49a01767374c4fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81568eef512a4d96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lazarus2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,829</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>