--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a9cf4a9e0044720" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dfdadb8dfeb45fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc47e53619ee4548"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf94649827fc456b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf6db2b55a514657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc47e53619ee4548" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1eea052a6a74bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf94649827fc456b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silberwerte Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>