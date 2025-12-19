--- v1 (2025-10-25)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dfdadb8dfeb45fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc4fa4c20014196" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf94649827fc456b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R503dce0e30cd47c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1eea052a6a74bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf94649827fc456b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaf2c3145c4e49ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R503dce0e30cd47c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silberwerte Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>283,297</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>