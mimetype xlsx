--- v2 (2025-12-19)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc4fa4c20014196" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R011f1bc1ade14604" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R503dce0e30cd47c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra88787595c8b426b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaf2c3145c4e49ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R503dce0e30cd47c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b4f295bdc2f4d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra88787595c8b426b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silberwerte Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>326,067</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>