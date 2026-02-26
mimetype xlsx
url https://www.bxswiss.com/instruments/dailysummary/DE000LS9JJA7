--- v3 (2026-02-05)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R011f1bc1ade14604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8321dcb09d434957" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra88787595c8b426b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13a0872204984619"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b4f295bdc2f4d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra88787595c8b426b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R543a834721e247b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13a0872204984619" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silberwerte Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,182</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>