--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8321dcb09d434957" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87bc2fea400849fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13a0872204984619"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe541909605f4558"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R543a834721e247b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13a0872204984619" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53209a5c05344ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe541909605f4558" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silberwerte Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJA7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>