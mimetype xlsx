--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f89a4d2664c4e78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R343fd17305f94af9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cfea2c360fe4ca8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17f64817f04c45ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f2869d8f3dc415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cfea2c360fe4ca8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fa936bdac8c4f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17f64817f04c45ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AK - DAX WERTE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JHX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>83,299</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,360</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,491</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>83,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,329</x:t>
-[...102 lines deleted...]
-          <x:t>83,333</x:t>
+          <x:t>83,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,293</x:t>
-[...80 lines deleted...]
-          <x:t>83,511</x:t>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>