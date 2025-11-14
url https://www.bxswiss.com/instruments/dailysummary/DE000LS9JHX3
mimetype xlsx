--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R343fd17305f94af9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a23c88772a543f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17f64817f04c45ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re79aaa7907fd47e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fa936bdac8c4f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17f64817f04c45ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40e0a658b74d423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re79aaa7907fd47e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AK - DAX WERTE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JHX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>83,082</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,002</x:t>
-[...195 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>82,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,552</x:t>
-[...43 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>82,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,355</x:t>
-[...90 lines deleted...]
-          <x:t>82,467</x:t>
+          <x:t>82,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>