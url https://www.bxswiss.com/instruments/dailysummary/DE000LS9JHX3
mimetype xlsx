--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a23c88772a543f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0869286f20d14872" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re79aaa7907fd47e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f77293c7e544b5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40e0a658b74d423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re79aaa7907fd47e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c30194fe793481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f77293c7e544b5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AK - DAX WERTE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JHX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>82,946</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,036</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...396 lines deleted...]
-          <x:t>82,737</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,964</x:t>
-        </x:is>
-[...214 lines deleted...]
-          <x:t>82,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>