--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0869286f20d14872" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1acc03ab58c44fe9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f77293c7e544b5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28cad56aadef4f06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c30194fe793481a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f77293c7e544b5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd237d53eded74b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28cad56aadef4f06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AK - DAX WERTE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JHX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>82,895</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,760</x:t>
-[...556 lines deleted...]
-          <x:t>83,036</x:t>
+          <x:t>82,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,964</x:t>
+          <x:t>82,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>