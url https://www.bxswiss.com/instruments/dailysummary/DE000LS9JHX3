--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1acc03ab58c44fe9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff863e5561ec4f16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28cad56aadef4f06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd90c9b00341c4b59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd237d53eded74b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28cad56aadef4f06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ddc1409744b4a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd90c9b00341c4b59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AK - DAX WERTE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JHX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>82,939</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>