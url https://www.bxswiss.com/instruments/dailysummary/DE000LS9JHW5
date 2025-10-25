--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R927a9dc191734a08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15c9b7012b2141c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e794d42315f4239"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6cfb09b1772466e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a036e2cdcc5489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e794d42315f4239" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd3dd3fa0616424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6cfb09b1772466e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Dividend Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JHW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,357</x:t>
-[...507 lines deleted...]
-          <x:t>150,411</x:t>
+          <x:t>150,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,798</x:t>
-[...31 lines deleted...]
-          <x:t>149,998</x:t>
+          <x:t>150,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>