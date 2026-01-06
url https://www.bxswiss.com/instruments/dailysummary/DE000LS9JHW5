--- v1 (2025-10-25)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15c9b7012b2141c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326130cb58f44bd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6cfb09b1772466e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6bb89b3d7074f5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd3dd3fa0616424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6cfb09b1772466e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9c191f696d6484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6bb89b3d7074f5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Dividend Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JHW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>151,387</x:t>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>