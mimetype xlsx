--- v2 (2026-01-06)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326130cb58f44bd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8360a0b657a54c15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6bb89b3d7074f5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0737a763e9fa4aed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9c191f696d6484a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6bb89b3d7074f5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf0dd89dffb5422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0737a763e9fa4aed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Dividend Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JHW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>155,381</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>