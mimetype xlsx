--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8360a0b657a54c15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree19af37e8c94760" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0737a763e9fa4aed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4235b0440044e5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf0dd89dffb5422e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0737a763e9fa4aed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfda77ee2bc59417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4235b0440044e5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Dividend Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JHW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>