--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31583d5139c34883" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5507cbd90e64c1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0f89495170b4ac7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86a2155fed044371"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3f296a8e8b1417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0f89495170b4ac7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7cf3e833d7a4aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86a2155fed044371" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Erholung nach dem Fall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JHU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>136,316</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,915</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>136,003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,603</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>