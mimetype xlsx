--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5507cbd90e64c1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9235cb087f904740" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86a2155fed044371"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra101a6d6de844ae5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7cf3e833d7a4aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86a2155fed044371" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd140b76b92b49f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra101a6d6de844ae5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Erholung nach dem Fall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JHU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,888</x:t>
+          <x:t>136,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,255</x:t>
-[...323 lines deleted...]
-          <x:t>135,911</x:t>
+          <x:t>132,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>