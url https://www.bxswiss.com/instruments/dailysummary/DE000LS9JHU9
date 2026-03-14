--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9235cb087f904740" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19acc331d1d54bae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra101a6d6de844ae5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e81d7ce063d495f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd140b76b92b49f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra101a6d6de844ae5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R813f42a99ac54c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e81d7ce063d495f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Erholung nach dem Fall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JHU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>137,622</x:t>
-[...327 lines deleted...]
-        <x:is>
           <x:t>135,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>