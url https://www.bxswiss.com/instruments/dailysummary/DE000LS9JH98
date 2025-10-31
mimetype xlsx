--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra141bbc73920434f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfecdadbed9624e87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb7fac2541d54b64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddac1f3eefdb40eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca4b69b99acb4d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb7fac2541d54b64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9110881d64044634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddac1f3eefdb40eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>129,551</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,647</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...398 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>