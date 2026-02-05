--- v1 (2025-10-31)
+++ v2 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfecdadbed9624e87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc75ed4fabfeb4a2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddac1f3eefdb40eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e143587b65e44e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9110881d64044634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddac1f3eefdb40eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0213ce4ef567446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e143587b65e44e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,223</x:t>
-[...129 lines deleted...]
-          <x:t>128,360</x:t>
+          <x:t>129,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,384</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>128,517</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>