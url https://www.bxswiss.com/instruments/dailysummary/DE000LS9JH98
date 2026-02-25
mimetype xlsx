--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc75ed4fabfeb4a2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f8260e46914111" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e143587b65e44e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R537306c11f4340ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0213ce4ef567446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e143587b65e44e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66c74da1c0754cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R537306c11f4340ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,454</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>