--- v3 (2026-02-25)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86f8260e46914111" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91786dad4e4c4a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R537306c11f4340ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f598428e1f14217"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66c74da1c0754cdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R537306c11f4340ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0624107f4383484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f598428e1f14217" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>125,741</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,080</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>126,037</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>