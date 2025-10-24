--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9de39ac11bc4412e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2ef93ad3ee64aa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f7e1f16d78f4a0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R334be9893f334ca9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dc77080e5b94eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f7e1f16d78f4a0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63e8299c899d47f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R334be9893f334ca9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenperlen Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>122,698</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,645</x:t>
-[...215 lines deleted...]
-          <x:t>124,712</x:t>
+          <x:t>121,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>