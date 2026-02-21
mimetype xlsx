--- v1 (2025-10-24)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2ef93ad3ee64aa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54b758e3a8314a04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R334be9893f334ca9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68420b37e6f1448c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63e8299c899d47f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R334be9893f334ca9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf224fe9c857343a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68420b37e6f1448c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenperlen Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>122,500</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,711</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>123,241</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>