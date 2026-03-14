--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54b758e3a8314a04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf562185f23d433d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68420b37e6f1448c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R771a0a6204ab4c61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf224fe9c857343a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68420b37e6f1448c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2624d45943144c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R771a0a6204ab4c61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenperlen Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,165</x:t>
-[...468 lines deleted...]
-          <x:t>121,101</x:t>
+          <x:t>120,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>