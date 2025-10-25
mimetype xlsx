--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R099f3644a68d4dcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7249682087504cb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33631b4426db46fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e0cef2f3f804789"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd3e85c8bbc041fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33631b4426db46fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4022fa45b8dc4d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e0cef2f3f804789" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solide, Langfristig &amp; Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>