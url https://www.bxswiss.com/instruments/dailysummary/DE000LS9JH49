--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7249682087504cb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56377679d3a14397" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e0cef2f3f804789"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33b68b0d86584ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4022fa45b8dc4d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e0cef2f3f804789" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62c5fb3085444c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33b68b0d86584ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solide, Langfristig &amp; Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>