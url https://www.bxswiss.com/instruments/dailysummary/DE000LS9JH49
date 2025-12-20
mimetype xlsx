--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56377679d3a14397" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56bb6993fa4841be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33b68b0d86584ede"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra754f61fc10946c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62c5fb3085444c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33b68b0d86584ede" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d7d7716c9294270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra754f61fc10946c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solide, Langfristig &amp; Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>235,319</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>