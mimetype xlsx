--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56bb6993fa4841be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b9c3ed78dbd4c21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra754f61fc10946c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8d7f54ee6114b58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d7d7716c9294270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra754f61fc10946c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14eccfbbcc7b4c0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8d7f54ee6114b58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solide, Langfristig &amp; Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>242,694</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>242,273</x:t>
-[...377 lines deleted...]
-          <x:t>240,634</x:t>
+          <x:t>241,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>