--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b9c3ed78dbd4c21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4f4f7a8bda34555" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8d7f54ee6114b58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13fe4a984f9043db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14eccfbbcc7b4c0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8d7f54ee6114b58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85362ea53a9841c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13fe4a984f9043db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solide, Langfristig &amp; Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>248,261</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>