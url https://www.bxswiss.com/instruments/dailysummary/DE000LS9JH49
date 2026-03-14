--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4f4f7a8bda34555" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R613aab5adeef479c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13fe4a984f9043db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9031d5cc1554d68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85362ea53a9841c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13fe4a984f9043db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a95b0df446b4928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9031d5cc1554d68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solide, Langfristig &amp; Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,729</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>