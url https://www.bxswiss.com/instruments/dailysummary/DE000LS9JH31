--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25a3efb59adb4673" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red092a52ae904b5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8cdb8ce38c449e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1801e484ab3e4d6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67b5810875a445e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8cdb8ce38c449e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40714d1e03eb4769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1801e484ab3e4d6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Sterne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>