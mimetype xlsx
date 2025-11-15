--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red092a52ae904b5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R962bf0b360e641d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1801e484ab3e4d6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1797dda5e7a41d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40714d1e03eb4769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1801e484ab3e4d6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb0b38d6c51a4839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1797dda5e7a41d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Sterne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,227</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>