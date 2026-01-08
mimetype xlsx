--- v2 (2025-11-15)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R962bf0b360e641d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49124396037848e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1797dda5e7a41d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ca176708e364bb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb0b38d6c51a4839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1797dda5e7a41d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc428d6b6611d484f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ca176708e364bb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Sterne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...436 lines deleted...]
-          <x:t>136,589</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,434</x:t>
-[...193 lines deleted...]
-          <x:t>136,941</x:t>
+          <x:t>138,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>