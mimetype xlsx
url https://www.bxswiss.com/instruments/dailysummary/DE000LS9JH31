--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49124396037848e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44e05fd53352490b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ca176708e364bb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6168ed13829484e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc428d6b6611d484f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ca176708e364bb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1de4833be8b4270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6168ed13829484e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Sterne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>140,313</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,238</x:t>
-[...458 lines deleted...]
-          <x:t>138,302</x:t>
+          <x:t>139,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>