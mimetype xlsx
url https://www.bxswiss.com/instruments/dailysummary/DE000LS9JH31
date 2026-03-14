--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44e05fd53352490b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re54215617885463c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6168ed13829484e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17e73a83cd9e452f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1de4833be8b4270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6168ed13829484e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra51654b3b2d04c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17e73a83cd9e452f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Sterne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>137,082</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>136,744</x:t>
-[...512 lines deleted...]
-          <x:t>139,804</x:t>
+          <x:t>135,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>