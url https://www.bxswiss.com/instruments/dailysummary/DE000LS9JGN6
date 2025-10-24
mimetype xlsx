--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aa5f745f1504855" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e5ea0895f894f31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc9826f459c34b46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bd92819ffb24a78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0742bf6864c4456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc9826f459c34b46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R880898e1de864ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bd92819ffb24a78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte + Bilanzanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,353</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>154,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,055</x:t>
-[...220 lines deleted...]
-          <x:t>154,121</x:t>
+          <x:t>153,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>