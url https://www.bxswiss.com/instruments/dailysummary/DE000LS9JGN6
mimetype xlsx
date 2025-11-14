--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e5ea0895f894f31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R770e6c6861734758" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bd92819ffb24a78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R233c59751a544d19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R880898e1de864ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bd92819ffb24a78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd0d794058604a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R233c59751a544d19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte + Bilanzanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>153,598</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,450</x:t>
-[...195 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>153,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,619</x:t>
-[...117 lines deleted...]
-          <x:t>152,263</x:t>
+          <x:t>152,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>