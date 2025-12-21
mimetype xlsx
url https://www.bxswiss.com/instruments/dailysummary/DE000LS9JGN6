--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R770e6c6861734758" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7ba4843308047ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R233c59751a544d19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4fef10938fb4a34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd0d794058604a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R233c59751a544d19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R196049f2fff64e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4fef10938fb4a34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte + Bilanzanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...512 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,648</x:t>
-[...117 lines deleted...]
-          <x:t>151,913</x:t>
+          <x:t>153,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>