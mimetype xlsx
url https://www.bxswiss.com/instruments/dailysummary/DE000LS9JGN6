--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7ba4843308047ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff6f81b547784c69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4fef10938fb4a34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe6735f706254d55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R196049f2fff64e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4fef10938fb4a34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d1b15254e244656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe6735f706254d55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte + Bilanzanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>153,253</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,003</x:t>
-[...556 lines deleted...]
-          <x:t>153,513</x:t>
+          <x:t>153,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,379</x:t>
+          <x:t>153,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>