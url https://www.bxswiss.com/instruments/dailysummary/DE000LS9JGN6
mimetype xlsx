--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff6f81b547784c69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re68c8775a17f4713" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe6735f706254d55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bd17809896c49db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d1b15254e244656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe6735f706254d55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba23fb3538d4641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bd17809896c49db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte + Bilanzanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>153,334</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>