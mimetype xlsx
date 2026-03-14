--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re68c8775a17f4713" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R874b92a433e04f08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bd17809896c49db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3af232bf44ea4200"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba23fb3538d4641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bd17809896c49db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc568d76ed80b4a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3af232bf44ea4200" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte + Bilanzanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGN6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>